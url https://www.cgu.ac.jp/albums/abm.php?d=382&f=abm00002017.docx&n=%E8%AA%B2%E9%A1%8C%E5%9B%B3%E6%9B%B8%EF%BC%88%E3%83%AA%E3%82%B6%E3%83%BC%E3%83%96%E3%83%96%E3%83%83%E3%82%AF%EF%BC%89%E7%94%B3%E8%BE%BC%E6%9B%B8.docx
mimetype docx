--- v0 (2025-11-03)
+++ v1 (2026-01-02)
@@ -559,51 +559,51 @@
             </w:r>
             <w:r w:rsidRPr="00704E48">
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">　名　　　　　　　　　</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00EF012C" w:rsidRPr="00B56946" w:rsidTr="00B56946">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="426"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9537" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00EF012C" w:rsidRPr="000E08C9" w:rsidRDefault="00AF3E85" w:rsidP="00B159B3">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
+                <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00603E2A">
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
                 <w:b/>
                 <w:spacing w:val="241"/>
                 <w:sz w:val="24"/>
                 <w:fitText w:val="964" w:id="-1143219712"/>
               </w:rPr>
               <w:t>期</w:t>
             </w:r>
             <w:r w:rsidRPr="00603E2A">
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:fitText w:val="964" w:id="-1143219712"/>
               </w:rPr>
               <w:t>間</w:t>
             </w:r>
             <w:r w:rsidR="000E08C9">
@@ -735,66 +735,64 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">月　　　</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00EF012C" w:rsidRPr="004B53E6">
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>日</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-        <w:bookmarkEnd w:id="0"/>
       </w:tr>
       <w:tr w:rsidR="00EF012C" w:rsidRPr="003A7953" w:rsidTr="00B159B3">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="1159"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9537" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00603E2A" w:rsidRPr="00603E2A" w:rsidRDefault="00603E2A" w:rsidP="00AF3E85">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
+                <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック"/>
                 <w:b/>
                 <w:spacing w:val="-25"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00603E2A">
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
                 <w:b/>
                 <w:spacing w:val="241"/>
                 <w:sz w:val="24"/>
                 <w:fitText w:val="964" w:id="-1143219712"/>
               </w:rPr>
               <w:t>備</w:t>
             </w:r>
             <w:r w:rsidRPr="00603E2A">
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:fitText w:val="964" w:id="-1143219712"/>
               </w:rPr>
               <w:t>考</w:t>
             </w:r>
             <w:r>
@@ -1697,211 +1695,220 @@
           </w:tcPr>
           <w:p w:rsidR="00A61B45" w:rsidRDefault="00A61B45" w:rsidP="00A61B45">
             <w:pPr>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00A61B45" w:rsidRPr="001E3085" w:rsidRDefault="00A61B45" w:rsidP="00A61B45">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
           <w:szCs w:val="21"/>
         </w:rPr>
+        <w:t xml:space="preserve">　　　　　　　　　　　　　　　　　　　　　　</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">　　　　　　　　　　　</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC0385">
+        <w:rPr>
+          <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A721E2">
+        <w:rPr>
+          <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 　　　　　　</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">　</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC0385">
+        <w:rPr>
+          <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>【</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>申込・問合</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E3085">
+        <w:rPr>
+          <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>せ先</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC0385">
+        <w:rPr>
+          <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>】</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A61B45" w:rsidRPr="00E304ED" w:rsidRDefault="00A61B45" w:rsidP="00A61B45">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
         <w:t xml:space="preserve">　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　</w:t>
       </w:r>
-      <w:r w:rsidR="00AC0385">
+      <w:r w:rsidR="00A721E2">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
           <w:szCs w:val="21"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00A721E2">
+        <w:t xml:space="preserve">　 　　　　　</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
           <w:szCs w:val="21"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 　　　　　　</w:t>
+        <w:t xml:space="preserve">　　</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
-          <w:szCs w:val="21"/>
-[...26 lines deleted...]
-        <w:t>】</w:t>
+        </w:rPr>
+        <w:t>中央学院大学図書館</w:t>
+      </w:r>
+      <w:r w:rsidR="00E304ED">
+        <w:rPr>
+          <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">　(内線：362/368)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00A61B45" w:rsidRPr="001E3085" w:rsidRDefault="00A61B45" w:rsidP="00A61B45">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
           <w:szCs w:val="21"/>
         </w:rPr>
-        <w:t xml:space="preserve">　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　</w:t>
+        <w:t xml:space="preserve">　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　</w:t>
       </w:r>
       <w:r w:rsidR="00A721E2">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
           <w:szCs w:val="21"/>
         </w:rPr>
-        <w:t xml:space="preserve">　 　　　　　</w:t>
+        <w:t xml:space="preserve"> 　　　　　　</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
           <w:szCs w:val="21"/>
         </w:rPr>
-        <w:t xml:space="preserve">　　</w:t>
+        <w:t xml:space="preserve">　</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E3085">
+        <w:rPr>
+          <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>E-mail</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
         </w:rPr>
-        <w:t>中央学院大学図書館事務課</w:t>
-[...7 lines deleted...]
-      <w:r w:rsidR="000E08C9">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E3085">
+        <w:rPr>
+          <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>：</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003B3B12" w:rsidRPr="003B3B12">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック"/>
-        </w:rPr>
-[...10 lines deleted...]
-      <w:pPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>toshokan@</w:t>
+      </w:r>
+      <w:r w:rsidR="003B3B12" w:rsidRPr="003B3B12">
+        <w:rPr>
+          <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>m</w:t>
+      </w:r>
+      <w:r w:rsidR="003B3B12" w:rsidRPr="003B3B12">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック"/>
-        </w:rPr>
-[...54 lines deleted...]
-      </w:hyperlink>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>c.cgu.ac.jp</w:t>
+      </w:r>
       <w:r w:rsidR="00B159B3">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
         </w:rPr>
         <w:t xml:space="preserve">　</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00A61B45" w:rsidRPr="001E3085" w:rsidSect="00A61B45">
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="680" w:right="1134" w:bottom="284" w:left="1134" w:header="851" w:footer="992" w:gutter="0"/>
       <w:cols w:space="425"/>
       <w:docGrid w:type="lines" w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w:rsidR="00AF3E85" w:rsidRDefault="00AF3E85" w:rsidP="00A61B45">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
@@ -2101,127 +2108,129 @@
       <w:pPr>
         <w:ind w:left="4050" w:hanging="420"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100"/>
   <w:bordersDoNotSurroundHeader/>
   <w:bordersDoNotSurroundFooter/>
   <w:proofState w:spelling="clean" w:grammar="dirty"/>
   <w:defaultTabStop w:val="840"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="compressPunctuation"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="14337">
+    <o:shapedefaults v:ext="edit" spidmax="18433">
       <v:textbox inset="5.85pt,.7pt,5.85pt,.7pt"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:spaceForUL/>
     <w:balanceSingleByteDoubleByteWidth/>
     <w:doNotLeaveBackslashAlone/>
     <w:ulTrailSpace/>
     <w:doNotExpandShiftReturn/>
     <w:adjustLineHeightInTable/>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00EF012C"/>
     <w:rsid w:val="000963A3"/>
     <w:rsid w:val="000E08C9"/>
     <w:rsid w:val="00100221"/>
     <w:rsid w:val="00283672"/>
+    <w:rsid w:val="003B3B12"/>
     <w:rsid w:val="004E24D2"/>
     <w:rsid w:val="005C52FD"/>
     <w:rsid w:val="00603E2A"/>
     <w:rsid w:val="0068403C"/>
     <w:rsid w:val="006E043A"/>
     <w:rsid w:val="00797295"/>
     <w:rsid w:val="0092296F"/>
     <w:rsid w:val="00996FF6"/>
     <w:rsid w:val="00A56F40"/>
     <w:rsid w:val="00A61B45"/>
     <w:rsid w:val="00A721E2"/>
     <w:rsid w:val="00AC0385"/>
     <w:rsid w:val="00AF3E85"/>
     <w:rsid w:val="00B159B3"/>
     <w:rsid w:val="00B56946"/>
     <w:rsid w:val="00DE6B77"/>
+    <w:rsid w:val="00E304ED"/>
     <w:rsid w:val="00E549F9"/>
     <w:rsid w:val="00EF012C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="14337">
+    <o:shapedefaults v:ext="edit" spidmax="18433">
       <v:textbox inset="5.85pt,.7pt,5.85pt,.7pt"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="7F5685E0"/>
+  <w14:docId w14:val="74482D25"/>
   <w15:docId w15:val="{C5FE5C80-7ADF-4755-9DD2-6C9886420DA4}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="21"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -2723,51 +2732,51 @@
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a9">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00B159B3"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="settings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings"/><Relationship Id="rId4" Target="webSettings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings"/><Relationship Id="rId5" Target="footnotes.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes"/><Relationship Id="rId6" Target="endnotes.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes"/><Relationship Id="rId7" Target="mailto:toshokan@cgu.ac.jp" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId8" Target="fontTable.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable"/><Relationship Id="rId9" Target="theme/theme1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="settings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings"/><Relationship Id="rId4" Target="webSettings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings"/><Relationship Id="rId5" Target="footnotes.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes"/><Relationship Id="rId6" Target="endnotes.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes"/><Relationship Id="rId7" Target="fontTable.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable"/><Relationship Id="rId8" Target="theme/theme1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office ​​テーマ">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -3016,67 +3025,67 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>95</Words>
-  <Characters>546</Characters>
+  <Words>90</Words>
+  <Characters>513</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>4</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>タイトル</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>640</CharactersWithSpaces>
+  <CharactersWithSpaces>602</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>武藤 恵子</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
   <dc:title>課題図書（リザーブブック）申込書.docx</dc:title>
 </cp:coreProperties>
 </file>